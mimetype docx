--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -1097,67 +1097,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena recenzenta pracy inżynierskiej (formularz)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U16, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_K1: </w:t>
       </w:r>
     </w:p>