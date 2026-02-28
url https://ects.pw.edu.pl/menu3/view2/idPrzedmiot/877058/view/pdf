--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -957,67 +957,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z egzaminu dyplomowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U02, IM1_U07</w:t>
+        <w:t xml:space="preserve">IM1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i przedstawić krótkie opracowanie w języku polskim i angileskim</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1113,51 +1113,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U15, IM1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_K1: </w:t>
       </w:r>
     </w:p>