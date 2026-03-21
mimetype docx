--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -923,171 +923,171 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przygotować i przedstawić krótkie opracowanie w języku polskim i angileskim</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena promotora pracy inżynierskiej (formularz)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PI_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprezentować rozwiązanie danego problemu na forum, prowadzić dyskusję z uczestnikami. Przy przygotowywaniu wystąpienia wykorzystuje technologie informacyjno-komunikacyjne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z egzaminu dyplomowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U02</w:t>
+        <w:t xml:space="preserve">IM1_U02, IM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PI_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykazać się znajomością metod lub technik lub narzędzi niezbędbych do rozwiązania poruszanego w pracy problemu inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>