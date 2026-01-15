--- v0 (2025-10-31)
+++ v1 (2026-01-15)
@@ -965,67 +965,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie 6 tematów laboratoriów na 7 realizowanych. Zaliczenie poszczególnych tematów wymaga zaliczenia sprawdzianu z przygotowania. do zajęć oraz zaliczenia sprawozdania z części praktycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U01, IM1_U05</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U08, IM1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PNoM I_L2_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie wykonywania doświadczeń stosuje zasady bezpieczeństwa i higieny pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>