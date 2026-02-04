--- v1 (2026-01-15)
+++ v2 (2026-02-04)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W05, IM1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PNoM I_L2_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę zakresu: metod badania struktury, metod mikroskopowych,. metody dyfrakcyjnych, metod badania składu chemicznego. Student posiada ogólną wiedzę z zakresu właściwości materiałów i metod ich badania, w tym: właściwości mechaniczne, elektryczne, magnetyczne, optyczne, poziomy struktury odpowiedzialne za właściwości materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>