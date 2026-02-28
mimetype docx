--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -875,51 +875,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W12, IM1_W06</w:t>
+        <w:t xml:space="preserve">IM1_W06, IM1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>