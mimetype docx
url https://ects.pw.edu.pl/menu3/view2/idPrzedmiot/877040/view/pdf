--- v1 (2026-02-28)
+++ v2 (2026-03-22)
@@ -891,51 +891,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W06, IM1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TW3_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aspekty technologiczne procesów odlewniczych, spawalniczych i obróbki ubytkowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>