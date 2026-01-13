--- v0 (2025-11-01)
+++ v1 (2026-01-13)
@@ -812,51 +812,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W03, IM1_W20</w:t>
+        <w:t xml:space="preserve">IM1_W20, IM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1022,51 +1022,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W11, IM1_W20, IM1_W05, IM1_W10</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W10, IM1_W11, IM1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1258,51 +1258,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KOR_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność korzystania ze źródeł literaturowych. Na podstawie wiedzy uzyskanej w trakcie zajęć, a także przeprowadzonej analizy literatury fachowej  student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień z korozji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>