--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -812,51 +812,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W20, IM1_W03</w:t>
+        <w:t xml:space="preserve">IM1_W03, IM1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -952,51 +952,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W07, IM1_W08, IM1_W20</w:t>
+        <w:t xml:space="preserve">IM1_W08, IM1_W20, IM1_W05, IM1_W06, IM1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1258,51 +1258,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KOR_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność korzystania ze źródeł literaturowych. Na podstawie wiedzy uzyskanej w trakcie zajęć, a także przeprowadzonej analizy literatury fachowej  student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień z korozji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>