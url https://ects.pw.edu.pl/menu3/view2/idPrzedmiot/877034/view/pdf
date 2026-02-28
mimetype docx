--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -952,51 +952,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W08, IM1_W20, IM1_W05, IM1_W06, IM1_W07</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W06, IM1_W07, IM1_W08, IM1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1022,51 +1022,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W05, IM1_W10, IM1_W11, IM1_W20</w:t>
+        <w:t xml:space="preserve">IM1_W20, IM1_W05, IM1_W10, IM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1258,51 +1258,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KOR_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność korzystania ze źródeł literaturowych. Na podstawie wiedzy uzyskanej w trakcie zajęć, a także przeprowadzonej analizy literatury fachowej  student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień z korozji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>