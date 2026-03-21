--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -1022,51 +1022,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W20, IM1_W05, IM1_W10, IM1_W11</w:t>
+        <w:t xml:space="preserve">IM1_W05, IM1_W10, IM1_W11, IM1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>