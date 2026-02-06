--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -1248,67 +1248,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium zaliczeniowe wykładu, ocena projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U07, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_U15, IM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PCZM_K01: </w:t>
       </w:r>
     </w:p>