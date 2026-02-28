--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -764,551 +764,551 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PCZM_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z zakresu zastosowania odpowiednich materiałow i obróbek do uzyskania optymalnej konstrukcji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pisemne kolokwium zaliczeniowe wykładu, ocena projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W04, IM1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PCZM_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PCZM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z zakresu zastosowania odpowiednich materiałow i obróbek do uzyskania optymalnej konstrukcji</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskiwać informacje z norm,katalogów, patentów, internetu,dokonywać interpretacji i weryfikacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PCZM_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie posiadanej wiedzy i analizy fachowej literatury student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu podstaw projektowania części maszyn. Student umie opracować i prawidłowo zinterpretować otrzymane wyniki oraz wyciągnąć wnioski.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta na wykładzie i projektowaniu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PCZM_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać właściwego doboru materiału i techniki wytwarzania do warunków eksploatacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pisemne kolokwium zaliczeniowe wykładu, ocena projektów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PCZM_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi porozumiewać się przy użyciu różnych technik w środowisku zawodowym oraz w innych środowiskach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PCZM_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się technikami informacyjno-komunikacyjnymi właściwymi do realizacji zadań typowych dla działalności inżynierskiej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PCZM_U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać do formułowania i rozwiązywania zadań inżynierskich metody analityczne, symulacyjne i eksperymentalne,potrafi − zgodnie z zadaną specyfikacją − zaprojektować oraz zrealizować proste urządzenie, obiekt, system lub proces, typowe dla studiowanej dyscypliny inżynierskiej, używając właściwych metod, technik i narzędzi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Pisemne kolokwium zaliczeniowe wykładu, ocena projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W04, IM1_W13</w:t>
+        <w:t xml:space="preserve">IM1_U07, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...429 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PCZM_K01: </w:t>
       </w:r>
     </w:p>