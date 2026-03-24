--- v2 (2026-02-28)
+++ v3 (2026-03-24)
@@ -764,51 +764,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PCZM_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu zastosowania odpowiednich materiałow i obróbek do uzyskania optymalnej konstrukcji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1264,51 +1264,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U07, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PCZM_K01: </w:t>
       </w:r>
     </w:p>