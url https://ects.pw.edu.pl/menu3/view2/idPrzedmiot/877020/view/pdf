--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -746,51 +746,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W03, IM1_W04, IM1_W02</w:t>
+        <w:t xml:space="preserve">IM1_W02, IM1_W03, IM1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>