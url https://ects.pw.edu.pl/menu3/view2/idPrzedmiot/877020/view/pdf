--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -966,51 +966,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium sprawdzające</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U08, IM1_U09</w:t>
+        <w:t xml:space="preserve">IM1_U09, IM1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>