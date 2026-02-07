--- v0 (2026-01-13)
+++ v1 (2026-02-07)
@@ -1196,51 +1196,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie w sposób pogłębiony interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1336,51 +1336,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dyskutować w zespole i formułować opinię na temat przygotowanych rozwiązań, ze szczególnym uwzględnieniem aspektów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>