--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -1126,51 +1126,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie przeprowadzić w sposób wszechstronny cały proces badawczy zgodnie ze obowiązującymi standardami etycznymi i istniejącymi przepisami prawnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1197,51 +1197,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie w sposób pogłębiony interpretować istniejące przepisy prawa i rozumie ich konsekwencje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1321,67 +1321,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywne uczestnictwo w seminarium (dyskusja, opracowywanie poszczególnych problemów itp.), prezentacja wyników przygotowywania poszczególnych części pracy w trakcie seminarium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dyskutować w zespole i formułować opinię na temat przygotowanych rozwiązań, ze szczególnym uwzględnieniem aspektów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>