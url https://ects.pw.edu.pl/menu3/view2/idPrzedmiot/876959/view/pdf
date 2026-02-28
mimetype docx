--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -1126,51 +1126,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie przeprowadzić w sposób wszechstronny cały proces badawczy zgodnie ze obowiązującymi standardami etycznymi i istniejącymi przepisami prawnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1337,51 +1337,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dyskutować w zespole i formułować opinię na temat przygotowanych rozwiązań, ze szczególnym uwzględnieniem aspektów prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>