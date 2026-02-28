--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -776,277 +776,277 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat oraz ewentualnie aktywność na zajęciach
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W01, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wie jakie są metody analizy tekstu prawnego i jakie są zastosowania metod formalnych w rozwiązywaniu problemów w prawie i administracji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat oraz ewentualnie aktywność na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wie jak analizować kategorie syntaktyczne i semantyczne tekstu prawnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat oraz ewentualnie aktywność na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie jakie są metody analizy tekstu prawnego i jakie są zastosowania metod formalnych w rozwiązywaniu problemów w prawie i administracji.</w:t>
+        <w:t xml:space="preserve">Zna metody logicznej analizy tekstu prawnego i dokumentu urzędowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat oraz ewentualnie aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie jak wynajdować funktory logiczne w tekście prawnym i administracyjnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1057,67 +1057,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat oraz ewentualnie aktywność na zajęciach
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy teorii zbiorów i metod graficznych w logice, wie co to jest schemat blokowy i algorytm</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1143,51 +1143,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1207,277 +1207,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat oraz ewentualnie aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić kategorie syntaktyczne i semantyczne użyte w tekstach prawnych i dokumentach urzędowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat oraz ewentualnie aktywność na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić kategorie syntaktyczne i semantyczne użyte w tekstach prawnych i dokumentach urzędowych</w:t>
+        <w:t xml:space="preserve">Potrafi użyć schematy blokowe i metody graficzne oraz algorytmizować problemy w prawie i administracji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat oraz ewentualnie aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać logicznej analizy tekstów prawnych i urzędowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat oraz ewentualnie aktywność na zajęciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U06, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>