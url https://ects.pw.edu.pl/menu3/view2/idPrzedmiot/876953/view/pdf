--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -1106,67 +1106,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_MN01: </w:t>
       </w:r>
     </w:p>
@@ -1202,51 +1202,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_MN02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać poznane koncepcje do analizy podstawowych problemów, w tym problemów z zakresu nauk o polityce i administracji (A)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>