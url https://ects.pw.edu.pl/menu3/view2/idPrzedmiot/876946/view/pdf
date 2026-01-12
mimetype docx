--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -831,67 +831,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W08, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W08, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat praktycznych aspektów funkcjonowania systemu ubezpieczeń społecznych w Polsce, w tym podstaw prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W02, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1051,67 +1051,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U03, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować teoretyczną wiedzę z zakresu działania systemu ubezpieczeń społecznych do praktycznych rozwiązań, w tym tworzenia rozwiązań o charakterze prawnym i podejmowania decyzji jako pracownik administracji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1191,67 +1191,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U08, K_U09, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U05, K_U08, K_U09, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>