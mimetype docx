--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -761,67 +761,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W08</w:t>
+        <w:t xml:space="preserve">K_W02, K_W08, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, I.P7S_WG, II.H.P7S_WG.1.o, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę dotyczącą teorii i koncepcji opisujących powstawanie, rozwój i miejsce w porządku społecznym i prawnym systemu ubezpieczeń społecznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -831,67 +831,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W08, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat praktycznych aspektów funkcjonowania systemu ubezpieczeń społecznych w Polsce, w tym podstaw prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -901,67 +901,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W08</w:t>
+        <w:t xml:space="preserve">K_W05, K_W08, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą wyników badań w zakresie funkcjonowania systemu ubezpieczeń społecznych w Polsce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1051,67 +1051,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U03, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować teoretyczną wiedzę z zakresu działania systemu ubezpieczeń społecznych do praktycznych rozwiązań, w tym tworzenia rozwiązań o charakterze prawnym i podejmowania decyzji jako pracownik administracji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1121,67 +1121,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U08, K_U10</w:t>
+        <w:t xml:space="preserve">K_U08, K_U10, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO, I.P7S_UW, II.S.P7S_UW.1, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności badawcze pozwalające dostrzec istniejący problem w zakresie systemu ubezpieczeń społecznych i go rozwiązać.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1191,67 +1191,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U05, K_U08, K_U09, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U05, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1271,67 +1271,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K04, K_K06</w:t>
+        <w:t xml:space="preserve">K_K04, K_K06, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przekonanie o wadze zachowania się w sposób profesjonalny, refleksji na temat funkcjonowania systemu ubezpieczeń społecznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>