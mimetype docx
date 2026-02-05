--- v2 (2026-01-12)
+++ v3 (2026-02-05)
@@ -761,67 +761,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W08, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, I.P7S_WG, II.H.P7S_WG.1.o, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę dotyczącą teorii i koncepcji opisujących powstawanie, rozwój i miejsce w porządku społecznym i prawnym systemu ubezpieczeń społecznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -831,67 +831,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W08</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W08, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat praktycznych aspektów funkcjonowania systemu ubezpieczeń społecznych w Polsce, w tym podstaw prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -901,67 +901,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą wyników badań w zakresie funkcjonowania systemu ubezpieczeń społecznych w Polsce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1051,67 +1051,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować teoretyczną wiedzę z zakresu działania systemu ubezpieczeń społecznych do praktycznych rozwiązań, w tym tworzenia rozwiązań o charakterze prawnym i podejmowania decyzji jako pracownik administracji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1121,67 +1121,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U10, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U08, K_U10, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO, I.P7S_UW, II.S.P7S_UW.1, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności badawcze pozwalające dostrzec istniejący problem w zakresie systemu ubezpieczeń społecznych i go rozwiązać.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1191,67 +1191,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U05, K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U05, K_U08, K_U09, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
@@ -1271,67 +1271,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K06, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K04, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przekonanie o wadze zachowania się w sposób profesjonalny, refleksji na temat funkcjonowania systemu ubezpieczeń społecznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>