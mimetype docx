--- v3 (2026-02-05)
+++ v4 (2026-02-28)
@@ -761,67 +761,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W08</w:t>
+        <w:t xml:space="preserve">K_W02, K_W08, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę dotyczącą teorii i koncepcji opisujących powstawanie, rozwój i miejsce w porządku społecznym i prawnym systemu ubezpieczeń społecznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -831,67 +831,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W08, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę na temat praktycznych aspektów funkcjonowania systemu ubezpieczeń społecznych w Polsce, w tym podstaw prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -917,51 +917,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W05, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą wyników badań w zakresie funkcjonowania systemu ubezpieczeń społecznych w Polsce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1051,67 +1051,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować teoretyczną wiedzę z zakresu działania systemu ubezpieczeń społecznych do praktycznych rozwiązań, w tym tworzenia rozwiązań o charakterze prawnym i podejmowania decyzji jako pracownik administracji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1121,67 +1121,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U08, K_U10, K_U01</w:t>
+        <w:t xml:space="preserve">K_U08, K_U10, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO, I.P7S_UW, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności badawcze pozwalające dostrzec istniejący problem w zakresie systemu ubezpieczeń społecznych i go rozwiązać.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1191,67 +1191,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie w formie testowej (pytania jednokrotnego wyboru).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U08, K_U09, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U09, K_U01, K_U02, K_U05, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.H.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>