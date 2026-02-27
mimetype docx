--- v0 (2026-02-06)
+++ v1 (2026-02-27)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o strukturze i funkcjach organów administracji publicznej odpowiedzialnych za reglamentację i nadzór nad działalnością w zakresie procesu inwestycyjno-budowlanego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -903,51 +903,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła prawa w zakresie planowania i zagospodarowania przestrzennego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -957,67 +957,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna procedury powstawania aktów planowania przestrzennego i aktów administracyjnych z zakresu planowania przestrzennego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1123,51 +1123,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić procedury administracyjne związane z przygotowaniem nieruchomości do realizacji inwestycji budowlanej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1263,51 +1263,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UW, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi czytać miejscowe plany zagospodarowania przestrzennego oraz decyzje o warunkach zabudowy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1403,51 +1403,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U06, K_U08, K_U10, K_U12, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UU, I.P7S_UO, II.T.P7S_UW.2, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z Internetowego Systemu Aktów Prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1457,67 +1457,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie do testu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U12, K_U13 BNP, K_U05, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U12, K_U13 BNP, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, II.S.P7S_UW.1, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z ortofotomapy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1527,67 +1527,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia własne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13 BNP, K_U04, K_U06, K_U08</w:t>
+        <w:t xml:space="preserve">K_U06, K_U08, K_U12, K_U13 BNP, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.T.P7S_UW.1, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, I.P7S_UK, I.P7S_UU, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.T.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>