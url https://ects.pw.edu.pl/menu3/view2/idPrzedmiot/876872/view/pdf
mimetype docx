--- v0 (2026-01-15)
+++ v1 (2026-02-28)
@@ -729,121 +729,191 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zna istotę, znaczenie oraz wpływ usług i systemów informacyjnych administracji (I).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie pojęcia z zakresu systemów teleinformatycznych administracji publicznej, telekomunikacji i teleinformatyki (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna istotę, znaczenie oraz wpływ usług i systemów informacyjnych administracji (I).</w:t>
+        <w:t xml:space="preserve">Wie jak poprawnie i efektywnie zastosować systemy informacyjne i ich usługi w działaniach administracji publicznej (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -854,336 +924,266 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie jak poprawnie i efektywnie zastosować systemy informacyjne i ich usługi w działaniach administracji publicznej (I).</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać usługi telekomunikacyjne i teleinformatyczne w pracy zawodowej zgodnie z ich przeznaczeniem (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać usługi telekomunikacyjne i teleinformatyczne w pracy zawodowej zgodnie z ich przeznaczeniem (I).</w:t>
+        <w:t xml:space="preserve">Umie poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów w funkcjonowaniu administracji publicznej (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie poprawnie wykorzystywać zdobytą wiedzę do rozwiązywania problemów w funkcjonowaniu administracji publicznej (I).</w:t>
+        <w:t xml:space="preserve">Potrafi znajdować właściwe informacje dotyczące systemów informacyjnych w literaturze fachowej, bazach danych i innych źródłach (I).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z otwartymi pytaniami opisowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>