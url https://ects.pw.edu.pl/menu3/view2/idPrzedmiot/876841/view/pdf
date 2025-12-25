--- v0 (2025-10-29)
+++ v1 (2025-12-25)
@@ -785,51 +785,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą komunikowania się interpersonalnego i społecznego w administracji publicznej w sytuacjach konfliktowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -909,67 +909,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej o zróżnicowanych pytaniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę o różnych sposobach i procedurach rozwiązywania konfliktów w administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -995,51 +995,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1279,51 +1279,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej o zróżnicowanych pytaniach oraz rozwiązywanie casy study w trakcie zajęć. Udział w dyskusjach i elementach warsztatowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K05, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>