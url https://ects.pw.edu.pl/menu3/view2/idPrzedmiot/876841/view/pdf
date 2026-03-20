--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -839,67 +839,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej o zróżnicowanych pytaniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o uwarunkowaniach sytuacji konfliktowych w jednostkach administracji i możliwościach ich rozwiązywania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -909,67 +909,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej o zróżnicowanych pytaniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę o różnych sposobach i procedurach rozwiązywania konfliktów w administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1145,51 +1145,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać poznane teorie i konstrukcje do analizy podstawowych problemów i rozwiązywania konfliktów oraz sporów w administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>