--- v0 (2025-10-30)
+++ v1 (2025-12-25)
@@ -865,67 +865,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o procesach zmian struktur i instytucji Unii Europejskiej oraz ich elementów, o przyczynach, przebiegu, skali i konsekwencjach tych zmian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -935,67 +935,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o poglądach na temat struktur i instytucji Unii Europejskiej oraz rodzajów więzi społecznych i o ich historycznej ewolucji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1101,51 +1101,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność rozumienia i analizowania zjawisk społecznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1155,67 +1155,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i dyskusje na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność przygotowania typowych prac pisemnych w języku polskim, właściwych dla kierunku Administracja, z wykorzystaniem różnych źródeł</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>