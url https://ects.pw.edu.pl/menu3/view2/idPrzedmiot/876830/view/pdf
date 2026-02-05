--- v1 (2025-12-25)
+++ v2 (2026-02-05)
@@ -865,67 +865,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o procesach zmian struktur i instytucji Unii Europejskiej oraz ich elementów, o przyczynach, przebiegu, skali i konsekwencjach tych zmian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -935,67 +935,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o poglądach na temat struktur i instytucji Unii Europejskiej oraz rodzajów więzi społecznych i o ich historycznej ewolucji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1005,67 +1005,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1155,67 +1155,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i dyskusje na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada umiejętność przygotowania typowych prac pisemnych w języku polskim, właściwych dla kierunku Administracja, z wykorzystaniem różnych źródeł</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>