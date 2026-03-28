--- v2 (2026-02-05)
+++ v3 (2026-03-28)
@@ -881,51 +881,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W05, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o procesach zmian struktur i instytucji Unii Europejskiej oraz ich elementów, o przyczynach, przebiegu, skali i konsekwencjach tych zmian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1021,51 +1021,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>