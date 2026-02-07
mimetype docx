--- v0 (2026-01-15)
+++ v1 (2026-02-07)
@@ -900,51 +900,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny i ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W24, M1_W22, M1_W23</w:t>
+        <w:t xml:space="preserve">M1_W22, M1_W23, M1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>