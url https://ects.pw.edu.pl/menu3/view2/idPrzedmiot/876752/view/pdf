--- v1 (2026-02-07)
+++ v2 (2026-03-01)
@@ -1050,51 +1050,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U20, M1_U21, M1_U22</w:t>
+        <w:t xml:space="preserve">M1_U22, M1_U20, M1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>