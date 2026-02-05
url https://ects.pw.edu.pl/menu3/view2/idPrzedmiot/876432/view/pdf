--- v0 (2026-01-12)
+++ v1 (2026-02-05)
@@ -846,51 +846,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W_01, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna mechanizmy ochrony systemów teleinformatycznych przed ujawnieniem informacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dokumentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_03, U_05</w:t>
+        <w:t xml:space="preserve">U_05, U_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować pracę zespołu programistycznego oraz współdziałać z innymi osobami w ramach projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1138,51 +1138,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U_06, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>