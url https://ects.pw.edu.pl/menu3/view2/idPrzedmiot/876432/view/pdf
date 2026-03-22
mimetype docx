--- v1 (2026-02-05)
+++ v2 (2026-03-22)
@@ -760,357 +760,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wpisz opis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W_03, W_01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna technologie sprzętowe wykorzystywane w sieciach teleinformatycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia wykładowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W_01, W_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna technologie sprzętowe wykorzystywane w sieciach teleinformatycznych</w:t>
+        <w:t xml:space="preserve">zna mechanizmy ochrony systemów teleinformatycznych przed ujawnieniem informacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia wykładowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_01, W_03</w:t>
+        <w:t xml:space="preserve">W_03, W_05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, I.P7S_WK, P7U_W, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna mechanizmy ochrony systemów teleinformatycznych przed ujawnieniem informacji</w:t>
+        <w:t xml:space="preserve">potrafi samodzielnie zrealizować system transmisji informacji z wykorzystaniem sieci komputerowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia wykładowe</w:t>
+        <w:t xml:space="preserve">dokumentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_03, W_05</w:t>
+        <w:t xml:space="preserve">U_02, U_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi samodzielnie zrealizować system transmisji informacji z wykorzystaniem sieci komputerowych</w:t>
+        <w:t xml:space="preserve">potrafi zanalizować aspekty bezpieczeństwa systemu teleinformatycznego i/lub wykorzystać niezbędne mechanizmy jego ochrony</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dokumentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03</w:t>
+        <w:t xml:space="preserve">U_05, U_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować pracę zespołu programistycznego oraz współdziałać z innymi osobami w ramach projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>