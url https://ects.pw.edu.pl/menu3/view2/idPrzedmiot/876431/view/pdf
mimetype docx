--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -926,67 +926,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W_02, W_05</w:t>
+        <w:t xml:space="preserve">W_05, W_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, I.P7S_WK, III.P7S_WG, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w pogłębionym stopniu zna wybrane standardy informatyczne stosowane w medycynie i ochronie zdrowia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1222,67 +1222,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie i prezentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_07, U_02, U_03, U_04</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zrealizować oprogramowanie do przetwarzania danych w systemach archiwizacji danych obrazowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1293,67 +1293,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie i prezentacja projektu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03, U_07</w:t>
+        <w:t xml:space="preserve">U_03, U_07, U_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wykonać dokumentację projektu informatycznego i zaprezentować projekt różnym odbiorcom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1599,51 +1599,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, I.P7S_KR, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">jest świadomy uwarunkowań prawnych i społecznych zastosowań informatyki w ochronie zdrowia i związanej z tym odpowiedzialności zawodowej; jest gotów do przestrzegania zasad etyki obowiązujących w medycynie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>