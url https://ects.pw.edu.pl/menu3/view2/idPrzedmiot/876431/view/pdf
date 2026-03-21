--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -1222,67 +1222,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie i prezentacja projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_02, U_03, U_04, U_07</w:t>
+        <w:t xml:space="preserve">U_04, U_07, U_02, U_03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zrealizować oprogramowanie do przetwarzania danych w systemach archiwizacji danych obrazowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1293,67 +1293,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne, sprawozdanie i prezentacja projektu
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U_03, U_07, U_02</w:t>
+        <w:t xml:space="preserve">U_02, U_03, U_07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UO, I.P7S_UU, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POB_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wykonać dokumentację projektu informatycznego i zaprezentować projekt różnym odbiorcom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>