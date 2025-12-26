--- v0 (2025-10-11)
+++ v1 (2025-12-26)
@@ -1122,191 +1122,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U16, IS_U12, IS_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić neutralizację ścieków kwaśnych oraz opisać i zinterpretować zmiany składu ścieków w zależności od zastosowanej dawki środka neutralizującego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U22, IS_U16, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić neutralizację ścieków kwaśnych oraz opisać i zinterpretować zmiany składu ścieków w zależności od zastosowanej dawki środka neutralizującego</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić oczyszczanie ścieków pochodzących z przemysłu lakierniczego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U22, IS_U16, IS_U12</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>