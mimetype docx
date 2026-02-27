--- v1 (2025-12-26)
+++ v2 (2026-02-27)
@@ -1122,51 +1122,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U12, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U16, IS_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>