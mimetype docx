--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -764,51 +764,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach, kolokwium zaliczeniowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2_W03, M2MNI_W15</w:t>
+        <w:t xml:space="preserve">M2MNI_W15, M2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -844,51 +844,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, aktywność na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MNI_U04, M2MNI_U02</w:t>
+        <w:t xml:space="preserve">M2MNI_U02, M2MNI_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>