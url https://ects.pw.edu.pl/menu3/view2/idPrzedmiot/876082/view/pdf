--- v1 (2026-01-11)
+++ v2 (2026-02-08)
@@ -852,51 +852,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na zajęciach, sprawozdania z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MNT_W02, M2_W02, M2MNT_W01</w:t>
+        <w:t xml:space="preserve">M2_W02, M2MNT_W01, M2MNT_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -922,51 +922,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywność na zajęciach, sprawozdania z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2_W01, M2MNT_W01, M2MNT_W02, M2MNT_W07</w:t>
+        <w:t xml:space="preserve">M2MNT_W01, M2MNT_W02, M2MNT_W07, M2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>