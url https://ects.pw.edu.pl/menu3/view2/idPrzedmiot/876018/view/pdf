--- v1 (2025-12-03)
+++ v2 (2026-01-13)
@@ -748,67 +748,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W01, I2_W02, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04</w:t>
+        <w:t xml:space="preserve">I2_W02, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04, I2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aktualny stan wiedzy i techniki w zakresie wykonywanej pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>