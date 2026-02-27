--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -748,51 +748,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W02, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04, I2_W01</w:t>
+        <w:t xml:space="preserve">I2_W01, I2_W02, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -818,51 +818,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatów i stanu pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_W01, I2_W02, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04</w:t>
+        <w:t xml:space="preserve">I2CC_W03, I2CC_W04, I2_W01, I2_W02, I2CC_W01, I2CC_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>