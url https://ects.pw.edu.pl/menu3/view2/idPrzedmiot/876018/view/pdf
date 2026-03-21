--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -764,51 +764,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2_W01, I2_W02, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aktualny stan wiedzy i techniki w zakresie wykonywanej pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -818,51 +818,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatów i stanu pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2CC_W03, I2CC_W04, I2_W01, I2_W02, I2CC_W01, I2CC_W02</w:t>
+        <w:t xml:space="preserve">I2_W01, I2_W02, I2CC_W01, I2CC_W02, I2CC_W03, I2CC_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -968,51 +968,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zawartości merytorycznej referatów, sposobu prezentacji i dyskusji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U02, I2_U03, I2_U05, I2_U06, I2_U09, I2_U11</w:t>
+        <w:t xml:space="preserve">I2_U05, I2_U06, I2_U09, I2_U11, I2_U02, I2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>