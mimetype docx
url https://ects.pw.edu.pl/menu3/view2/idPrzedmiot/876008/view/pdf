--- v0 (2026-01-12)
+++ v1 (2026-01-15)
@@ -753,51 +753,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2_W01, I2CC_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę o przydatnych algorytmach numerycznych i kombinatorycznych modelowania przestrzeni konfiguracji takich jak bryła sztywna lub łańcuch kinematyczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>