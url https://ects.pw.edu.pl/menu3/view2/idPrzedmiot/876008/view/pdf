--- v1 (2026-01-15)
+++ v2 (2026-02-28)
@@ -753,51 +753,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2_W01, I2CC_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę o przydatnych algorytmach numerycznych i kombinatorycznych modelowania przestrzeni konfiguracji takich jak bryła sztywna lub łańcuch kinematyczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1027,51 +1027,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena zadań wykonywanych na ćwiczeniach i zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U02, I2_U07, I2_U08, I2CC_U04</w:t>
+        <w:t xml:space="preserve">I2_U08, I2CC_U04, I2_U02, I2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>