--- v0 (2025-11-02)
+++ v1 (2025-12-30)
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W11, MAD1_W14</w:t>
+        <w:t xml:space="preserve">MAD1_W14, MAD1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNL_U01: </w:t>
       </w:r>
     </w:p>
@@ -925,51 +925,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U02, MAD1_U03, MAD1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNL_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi używać pakietów numerycznych do rozwiązywania zadań numerycznych z zakresu tematyki przedmiotu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1121,67 +1121,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U15, MAD1_U12, MAD1_U14</w:t>
+        <w:t xml:space="preserve">MAD1_U14, MAD1_U15, MAD1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNL_K01: </w:t>
       </w:r>
     </w:p>