--- v1 (2025-12-30)
+++ v2 (2026-02-07)
@@ -775,51 +775,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W02, MAD1_W03, MAD1_W04, MAD1_W11, MAD1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1, II.X.P6S_WG.2, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG, II.X.P6S_WG.2, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNL_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą wrażliwości wyników zadań obliczeniowych  na zmiany danych oraz wiedzę dotyczącą niestabilności algorytmów numerycznych i ich złożoności obliczeniowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -829,67 +829,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W14, MAD1_W11</w:t>
+        <w:t xml:space="preserve">MAD1_W11, MAD1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNL_U01: </w:t>
       </w:r>
     </w:p>
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U12, MAD1_U14, MAD1_U15</w:t>
+        <w:t xml:space="preserve">MAD1_U15, MAD1_U12, MAD1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1121,67 +1121,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U14, MAD1_U15, MAD1_U12</w:t>
+        <w:t xml:space="preserve">MAD1_U12, MAD1_U14, MAD1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNL_K01: </w:t>
       </w:r>
     </w:p>