--- v2 (2026-02-07)
+++ v3 (2026-03-02)
@@ -759,67 +759,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W02, MAD1_W03, MAD1_W04, MAD1_W11, MAD1_W14</w:t>
+        <w:t xml:space="preserve">MAD1_W11, MAD1_W14, MAD1_W02, MAD1_W03, MAD1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG, II.X.P6S_WG.2, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, I.P6S_WK, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNL_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę dotyczącą wrażliwości wyników zadań obliczeniowych  na zmiany danych oraz wiedzę dotyczącą niestabilności algorytmów numerycznych i ich złożoności obliczeniowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -979,51 +979,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U15, MAD1_U12, MAD1_U14</w:t>
+        <w:t xml:space="preserve">MAD1_U12, MAD1_U14, MAD1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1049,67 +1049,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena punktowa zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U12, MAD1_U14, MAD1_U15</w:t>
+        <w:t xml:space="preserve">MAD1_U14, MAD1_U15, MAD1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MNL_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzać proste eksperymenty numeryczne, interpretować uzyskane wyniki 
 i wyciągać wnioski.
 </w:t>
       </w:r>
     </w:p>
     <w:p>