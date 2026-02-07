--- v1 (2026-01-11)
+++ v2 (2026-02-07)
@@ -856,51 +856,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcia analizy wektorowej i twierdzenia z nimi związane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1356,51 +1356,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować twierdzenia i zamianie granicy i całki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>