--- v2 (2026-02-07)
+++ v3 (2026-03-01)
@@ -1356,121 +1356,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM3_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować twierdzenia i zamianie granicy i całki. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, kartkówki, zadania domowe, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_K01: </w:t>
       </w:r>
     </w:p>