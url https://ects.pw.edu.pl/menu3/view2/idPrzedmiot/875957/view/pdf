--- v3 (2026-03-01)
+++ v4 (2026-03-21)
@@ -786,71 +786,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_WG.1, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM3_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę z teorii miary i całki Lebesgue’a</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM3_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM3_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę z teorii miary i całki Lebesgue’a</w:t>
+        <w:t xml:space="preserve">Zna pojęcia analizy wektorowej i twierdzenia z nimi związane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -869,58 +939,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM3_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM3_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcia analizy wektorowej i twierdzenia z nimi związane.</w:t>
+        <w:t xml:space="preserve">Zna aparat form różniczkowych.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -939,58 +1009,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM3_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM3_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna aparat form różniczkowych.  </w:t>
+        <w:t xml:space="preserve">Zna konstrukcje miar produktowych i twierdzenie Fubiniego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1001,146 +1071,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AM3_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM3_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna konstrukcje miar produktowych i twierdzenie Fubiniego. </w:t>
+        <w:t xml:space="preserve">Potrafi obliczać całki wielokrotne stosując całki iterowane i zamianę zmiennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia, egzamin</w:t>
+        <w:t xml:space="preserve">Kolokwia, kartkówki, zadania domowe, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W05</w:t>
+        <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AM3_U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM3_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi obliczać całki wielokrotne stosując całki iterowane i zamianę zmiennych.</w:t>
+        <w:t xml:space="preserve">Potrafi całkować po krzywych i płatach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, kartkówki, zadania domowe, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1159,58 +1229,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM3_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM3_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi całkować po krzywych i płatach.</w:t>
+        <w:t xml:space="preserve">Potrafi stosować twierdzenia typu Stokesa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, kartkówki, zadania domowe, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1229,58 +1299,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM3_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM3_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować twierdzenia typu Stokesa.</w:t>
+        <w:t xml:space="preserve">Potrafi stosować formy różniczkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, kartkówki, zadania domowe, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1299,178 +1369,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka AM3_U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka AM3_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować formy różniczkowe.</w:t>
+        <w:t xml:space="preserve">Potrafi stosować twierdzenia i zamianie granicy i całki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, kartkówki, zadania domowe, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.X.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM3_K01: </w:t>
       </w:r>
     </w:p>