--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -932,51 +932,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U15, MAD1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaimplementować proste metody przetwarzania i analizy danych oraz ocenić ich złożoność pamięciową i czasową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1002,51 +1002,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U12, MAD1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać dane ze źródeł tekstowych i zasobów w internecie, wyczyścić je i przygotować do analizy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>