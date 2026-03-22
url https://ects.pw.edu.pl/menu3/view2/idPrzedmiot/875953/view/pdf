--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -766,217 +766,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prac domowych oraz projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W14, MAD1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody i algorytmy wykorzystywane w przetwarzaniu i eksploracji danych oraz przygotowywaniu ich do analizy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena prac domowych oraz projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MAD1_W13, MAD1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody i algorytmy wykorzystywane w przetwarzaniu i eksploracji danych oraz przygotowywaniu ich do analizy</w:t>
+        <w:t xml:space="preserve">Umie przeprowadzić wstępną analizę danych, m.in. podsumować wartości zmiennych oraz przedstawić je w postaci graficznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prac domowych oraz projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W13, MAD1_W14</w:t>
+        <w:t xml:space="preserve">MAD1_U15, MAD1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaimplementować proste metody przetwarzania i analizy danych oraz ocenić ich złożoność pamięciową i czasową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>