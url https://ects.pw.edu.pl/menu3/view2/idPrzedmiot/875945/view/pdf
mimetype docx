--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -1076,67 +1076,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U01, MAD1_U02, MAD1_U05</w:t>
+        <w:t xml:space="preserve">MAD1_U05, MAD1_U01, MAD1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi definiować funkcje różnymi metodami, określać ich własności, znajdować granice funkcji, w tym symboli nieoznaczonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>