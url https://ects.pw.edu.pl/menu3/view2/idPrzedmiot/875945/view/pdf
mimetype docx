--- v1 (2026-01-11)
+++ v2 (2026-02-28)
@@ -1076,137 +1076,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U01, MAD1_U02, MAD1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AM1_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi definiować funkcje różnymi metodami, określać ich własności, znajdować granice funkcji, w tym symboli nieoznaczonych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MAD1_U05, MAD1_U01, MAD1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM1_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znajdować wzory na pochodne funkcji dowolnego rzędu, wzór na styczną do wykresu. Umie stosować różniczkę funkcji do obliczeń przybliżonych. Potrafi stosować wzór Taylora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>