--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -1146,67 +1146,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwia, kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U05, MAD1_U01, MAD1_U02</w:t>
+        <w:t xml:space="preserve">MAD1_U02, MAD1_U05, MAD1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AM1_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi znajdować wzory na pochodne funkcji dowolnego rzędu, wzór na styczną do wykresu. Umie stosować różniczkę funkcji do obliczeń przybliżonych. Potrafi stosować wzór Taylora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>