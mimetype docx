--- v0 (2026-02-07)
+++ v1 (2026-03-01)
@@ -988,67 +988,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test pisemny na końcu zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U23, DS_U26, DS_U27, DS_U10, DS_U12, DS_U21</w:t>
+        <w:t xml:space="preserve">DS_U10, DS_U12, DS_U21, DS_U23, DS_U26, DS_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UW, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować prosty system informatyczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>