--- v0 (2025-12-26)
+++ v1 (2026-02-04)
@@ -844,421 +844,421 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12, K_W16, K_W17</w:t>
+        <w:t xml:space="preserve">K_W12, K_W16, K_W17, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ_nst_W03  : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat budowy i obsługi portu równoległego i szeregowego komputera PC. Wie jak wykorzystać porty komputera do akwizycji sygnałów binarnych i sterowania mikrosilnikami. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W08, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ASJ_nst_W03  : </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ_nst_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat budowy i obsługi portu równoległego i szeregowego komputera PC. Wie jak wykorzystać porty komputera do akwizycji sygnałów binarnych i sterowania mikrosilnikami. </w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się aparaturą do pomiaru mikro- i makrostruktury powierzchni elementów konstrukcyjnych, obejmującą profilometry, konturografy oraz uniwersalne maszyny do pomiaru odchyłek kształtu. Umie ustalić optymalną strategię pomiarową, przygotować elementy do pomiarów, dobrać właściwe nastawy przyrządu i parametry pomiaru. Wykazuje się sprawnością w interpretacji uzyskanych wyników, potrafi oszacować ich niepewność.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W05, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U13, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ_nst_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U16, K_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ_nst_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać porty komputera PC do akwizycji danych pomiarowych  oraz  zaprogramować mikrokontroler do transmisji sygnałów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzenie efektów funkcjonowania napisanego programu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U10, K_U16, K_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ASJ_nst_U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ_nst_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się aparaturą do pomiaru mikro- i makrostruktury powierzchni elementów konstrukcyjnych, obejmującą profilometry, konturografy oraz uniwersalne maszyny do pomiaru odchyłek kształtu. Umie ustalić optymalną strategię pomiarową, przygotować elementy do pomiarów, dobrać właściwe nastawy przyrządu i parametry pomiaru. Wykazuje się sprawnością w interpretacji uzyskanych wyników, potrafi oszacować ich niepewność.</w:t>
+        <w:t xml:space="preserve">Potrafi określić priorytety oraz rozstrzygać dylematy związane z realizacją zadań pomiarowych. Umie pracować w zespole, przyjmując w nim różne role.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i sprawozdań z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Przebieg zajęć laboratoryjnych i dyskusja na temat uzyskanych wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U11, K_U13, K_U15</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">K_K04, K_K05</w:t>
+        <w:t xml:space="preserve">K_K05, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>