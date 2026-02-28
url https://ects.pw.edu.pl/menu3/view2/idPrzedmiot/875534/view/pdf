--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -844,67 +844,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W16, K_W17, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W12, K_W16, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ_nst_W03  : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat budowy i obsługi portu równoległego i szeregowego komputera PC. Wie jak wykorzystać porty komputera do akwizycji sygnałów binarnych i sterowania mikrosilnikami. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -914,51 +914,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W08, K_W09</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W09, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1214,51 +1214,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przebieg zajęć laboratoryjnych i dyskusja na temat uzyskanych wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>