--- v0 (2025-12-26)
+++ v1 (2026-02-05)
@@ -1094,51 +1094,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NUM_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie prawidłowo dobierać napędy elektryczne: prądu stałego, skokowe i elektromagnetyczne do zastosowań statycznych i dynamicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>