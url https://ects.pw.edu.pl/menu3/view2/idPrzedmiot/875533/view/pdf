--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -1024,51 +1024,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka NUM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poprawnie interpretować dane katalogowe elektrycznych urządzeń napędowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>