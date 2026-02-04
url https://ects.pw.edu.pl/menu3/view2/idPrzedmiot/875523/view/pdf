--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -1114,137 +1114,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U11, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka FIZ3z_nst_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie przeprowadzać eksperymenty, w tym pomiary wspomagane komputerowo</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja w trakcie zajęć i ocena sprawozdania z ćwiczenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FIZ3z_nst_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wizualizować i analizować wyniki pomiarów, obliczać niepewności wyznaczonych wielkości oraz weryfikować doświadczalnie założone zależności teoretyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>