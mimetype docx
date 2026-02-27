--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -1034,67 +1034,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium + ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FIZ3z_nst_U01: </w:t>
       </w:r>
     </w:p>
@@ -1114,67 +1114,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena w trakcie zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FIZ3z_nst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie przeprowadzać eksperymenty, w tym pomiary wspomagane komputerowo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>