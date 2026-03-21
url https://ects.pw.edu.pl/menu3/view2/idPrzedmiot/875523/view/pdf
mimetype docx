--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -1034,67 +1034,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium + ocena sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FIZ3z_nst_U01: </w:t>
       </w:r>
     </w:p>
@@ -1270,51 +1270,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FIZ3z_nst_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokumentować wyniki pracy i przedstawić je w formie pisemnego opracowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>