--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -896,67 +896,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kollokwium na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U05, K_U06, K_U09, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ETM1z_nst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować układy prostownicze, stabilizatory napięcia i proste wzmacniacze tranzystorowa potrzebne do realizacji zadania technicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>