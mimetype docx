--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -746,217 +746,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie kollokwium na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ETM1z_nst_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna schematy, zasady budowy i działania zasilaczy, stabilizatorów i prostych wzmacniaczy tranzystorowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie kollokwium na wykładzie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ETM1z_nst_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ETM1z_nst_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna schematy, zasady budowy i działania zasilaczy, stabilizatorów i prostych wzmacniaczy tranzystorowych</w:t>
+        <w:t xml:space="preserve">Potrafi wytypować elementy elektroniczne właściwe do realizacji zadania technicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zaliczenie kollokwium na wykładzie</w:t>
+        <w:t xml:space="preserve">kollokwium na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W07</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ETM1z_nst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować układy prostownicze, stabilizatory napięcia i proste wzmacniacze tranzystorowa potrzebne do realizacji zadania technicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>