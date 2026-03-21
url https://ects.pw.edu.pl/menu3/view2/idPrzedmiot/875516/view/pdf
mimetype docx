--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -746,51 +746,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie kollokwium na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>