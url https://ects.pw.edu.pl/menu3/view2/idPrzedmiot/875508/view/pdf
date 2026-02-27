--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -1127,67 +1127,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U11, K_U17, K_U18, K_U27</w:t>
+        <w:t xml:space="preserve">K_U18, K_U27, K_U06, K_U11, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PAU2z_nst_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować sterownik PLC do sterowania procesami binarnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>