--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -1057,137 +1057,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U11, K_U27</w:t>
+        <w:t xml:space="preserve">K_U11, K_U27, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PAU2z_nst_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi projektować hydrauliczne, pneumatyczne i elektropneumatyczne układy napędowo-sterujące.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie ćwiczeń w laboratorium, opracowanie sprawozdań z ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U11, K_U17, K_U18, K_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PAU2z_nst_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować sterownik PLC do sterowania procesami binarnymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>