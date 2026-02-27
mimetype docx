--- v0 (2025-12-26)
+++ v1 (2026-02-27)
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Cwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U22, K_U06</w:t>
+        <w:t xml:space="preserve">K_U22, K_U06, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>