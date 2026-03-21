--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -911,67 +911,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Cwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U06, K_U11</w:t>
+        <w:t xml:space="preserve">K_U06, K_U11, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PMP_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wyznaczyć pola prędkości, ciśnień i naprężeń w prostych przepływach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>