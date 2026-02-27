--- v0 (2025-12-26)
+++ v1 (2026-02-27)
@@ -859,51 +859,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT1_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy teorii granic ciągów i zbieżności szeregów liczbowych, rachunku różniczkowego funkcji jednej zmiennej i jego zastosowania wraz z podstawowymi metodami obliczeniowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>