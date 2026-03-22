--- v1 (2026-02-27)
+++ v2 (2026-03-22)
@@ -789,51 +789,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT1_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcie przestrzeni metrycznej i unormowanej, wektory i działania na wektorach, pojęcie prostej, płasczyzny i pojęcie powierzchi stopnia drugiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>