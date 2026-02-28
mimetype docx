--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -825,67 +825,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie i wygłoszenie wystąpienia na zadany temat. Zaliczenie  sprawdzianu.
 Zaliczenie zadania w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę na temat zarządzania pracą i energią mikroprocesora i systemu mikroprocesorowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -896,67 +896,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie i wygłoszenie wystąpienia na zadany temat. Zaliczenie  sprawdzianu.
 Zaliczenie zadania w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_U01: </w:t>
       </w:r>
     </w:p>
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadań praktycznych realizowanych  w ramach  laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U18, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22, K_U04, K_U05, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_K01: </w:t>
       </w:r>
     </w:p>