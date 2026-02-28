--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -819,51 +819,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16, K_W17, K_W10, K_W12</w:t>
+        <w:t xml:space="preserve">K_W17, K_W10, K_W12, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>