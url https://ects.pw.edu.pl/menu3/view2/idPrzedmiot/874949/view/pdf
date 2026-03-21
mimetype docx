--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -819,51 +819,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W17, K_W10, K_W12, K_W16</w:t>
+        <w:t xml:space="preserve">K_W10, K_W12, K_W16, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -899,67 +899,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U11, K_U13, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U10, K_U11, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa (prosta na płaszczyźnie i w przestrzeni, okrąg, walec) oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>