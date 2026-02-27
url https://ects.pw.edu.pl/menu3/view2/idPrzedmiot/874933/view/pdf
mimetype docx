--- v0 (2025-12-26)
+++ v1 (2026-02-27)
@@ -762,201 +762,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UME_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Podstawowa wiedza w zakresie biernych elementów elektronicznych oraz projektowania obwodów drukowanych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka UME_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka UME_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Podstawowa wiedza w zakresie biernych elementów elektronicznych oraz projektowania obwodów drukowanych</w:t>
+        <w:t xml:space="preserve">Umiejętność projektowania, uruchamiania i badania prostych układów aparatury elektromedycznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">Weryfikacja w ramach zajęć projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W16</w:t>
+        <w:t xml:space="preserve">K_U01, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UME_K01: </w:t>
       </w:r>
     </w:p>