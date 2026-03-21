--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -762,51 +762,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UME_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Podstawowa wiedza w zakresie biernych elementów elektronicznych oraz projektowania obwodów drukowanych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>