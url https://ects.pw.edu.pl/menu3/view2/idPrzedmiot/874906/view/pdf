--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -906,67 +906,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu programistycznego C++</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U18, K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPSM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować projekt (UML) aplikacji i dokumentację (DOXYGEN) kodów źródłowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -992,51 +992,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P7S_UW.o, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P6S_UK, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPSM_S01: </w:t>
       </w:r>
     </w:p>