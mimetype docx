--- v1 (2026-02-28)
+++ v2 (2026-03-20)
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu programistycznego C++</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P6S_UK, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IPSM_S01: </w:t>
       </w:r>
     </w:p>