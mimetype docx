--- v0 (2025-12-27)
+++ v1 (2026-02-27)
@@ -940,51 +940,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U11, K_U13, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa (prosta na płaszczyźnie i w przestrzeni, okrąg, walec) oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -994,51 +994,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U11, K_U16, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22, K_U10, K_U11, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>