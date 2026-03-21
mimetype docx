--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -844,67 +844,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12, K_W16, K_W17</w:t>
+        <w:t xml:space="preserve">K_W12, K_W16, K_W17, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_U01: </w:t>
       </w:r>
     </w:p>
@@ -994,51 +994,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U10, K_U11, K_U16</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U16, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>