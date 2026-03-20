--- v0 (2025-12-26)
+++ v1 (2026-03-20)
@@ -957,67 +957,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SZJ_U2 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie czym jest dyrektywa. Zna różnicę między certyfikacją systemów zarządzania jakością a certyfikacja  wyrobów. Potrafi wyjaśnić jakie są podstawowe zasady przy dopuszczaniu wyrobu do obrotu i użytkowania w UE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>