--- v0 (2025-12-26)
+++ v1 (2026-02-27)
@@ -845,51 +845,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu programistycznego C++ z przetwarzania obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U11, K_U16</w:t>
+        <w:t xml:space="preserve">K_U16, K_U01, K_U04, K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>