--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -1049,67 +1049,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena sprawozdań z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U11, K_U22</w:t>
+        <w:t xml:space="preserve">K_U11, K_U22, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka 1s_mchtr_TEL_u02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować odpowiedni aparat matematyczny do przeliczenia przekształcenia wiązki laserowej w układach optycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>