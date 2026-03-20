--- v1 (2026-02-28)
+++ v2 (2026-03-20)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, wejściówki" - przed rozpoczęciem ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W18</w:t>
+        <w:t xml:space="preserve">K_W18, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1049,67 +1049,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena sprawozdań z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U22, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka 1s_mchtr_TEL_u02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować odpowiedni aparat matematyczny do przeliczenia przekształcenia wiązki laserowej w układach optycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>