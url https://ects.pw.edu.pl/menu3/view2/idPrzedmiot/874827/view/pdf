--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -783,51 +783,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAO_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna właściwości materiałów stosowanych w konstrukcji elementów optycznych i optoelektronicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1003,51 +1003,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAO_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dobierać materiały do konstrukcji układów optycznych i optoelektronicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>