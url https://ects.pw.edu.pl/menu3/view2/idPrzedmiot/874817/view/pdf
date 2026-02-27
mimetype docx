--- v0 (2025-12-26)
+++ v1 (2026-02-27)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U23, K_U02, K_U08, K_U14, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P7S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P7S_UW.o, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie projektować urządzenie z wykorzystaniem podzespołów katalogowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>