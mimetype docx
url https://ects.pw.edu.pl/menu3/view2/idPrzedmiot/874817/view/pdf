--- v1 (2026-02-27)
+++ v2 (2026-03-20)
@@ -754,67 +754,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport z realizacji projekt i dokumentacja konstrukcyjna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U23, K_U02, K_U08, K_U14, K_U22</w:t>
+        <w:t xml:space="preserve">K_U02, K_U08, K_U14, K_U22, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P7S_UW.o, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P7S_UW.o, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PUM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie projektować urządzenie z wykorzystaniem podzespołów katalogowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>