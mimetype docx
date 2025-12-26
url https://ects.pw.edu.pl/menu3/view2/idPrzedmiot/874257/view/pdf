--- v0 (2025-10-11)
+++ v1 (2025-12-26)
@@ -823,51 +823,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U15, K_U16, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U15, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -893,67 +893,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U15, K_U16</w:t>
+        <w:t xml:space="preserve">K_U15, K_U16, K_U02, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka STPR_IIst_K01: </w:t>
       </w:r>
     </w:p>