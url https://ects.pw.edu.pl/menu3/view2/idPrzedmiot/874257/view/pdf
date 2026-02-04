--- v1 (2025-12-26)
+++ v2 (2026-02-04)
@@ -823,137 +823,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U15, K_U16, K_U02, K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STPR_IIst_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projektowanie i analizowanie układów regulacji predykcyjnej procesów jedno- i wielowymiarowych, liniowych i nieliniowych, weryfikowanie projektu metodą symulacji komputerowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadań realizowanych podczas projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U03, K_U15, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka STPR_IIst_K01: </w:t>
       </w:r>
     </w:p>