--- v0 (2025-10-10)
+++ v1 (2025-12-25)
@@ -955,51 +955,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z obrony przygotowanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U01, K_U05, K_U17</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>