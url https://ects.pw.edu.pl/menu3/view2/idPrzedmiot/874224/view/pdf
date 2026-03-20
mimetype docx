--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -971,51 +971,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05, K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SNEm_IIst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Podczas ćwiczeń w laboratorium potrafi uruchomić, przebadać i krytycznie ocenić możliwości trzech rodzajów serwonapędów: z silnikiem DC i przekładnią śrubową, z silnikiem BLDC i paskiem zębatym, z silnikiem liniowym BLDC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>