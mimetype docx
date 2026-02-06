--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -786,51 +786,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSI_Inst_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat istoty podziału zadań w różnych blokach oprogramowania i hardwaru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>