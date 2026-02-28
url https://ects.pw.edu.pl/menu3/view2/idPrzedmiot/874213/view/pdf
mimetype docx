--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -1076,51 +1076,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSI_Inst_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprezentować założenia i realizację zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>