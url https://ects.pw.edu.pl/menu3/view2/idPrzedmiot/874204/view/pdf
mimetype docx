--- v0 (2025-12-25)
+++ v1 (2026-03-21)
@@ -1040,67 +1040,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U07, K_U09, K_U15, K_U18, K_U21, K_U22, K_U25, K_U26, K_U27</w:t>
+        <w:t xml:space="preserve">K_U22, K_U25, K_U26, K_U27, K_U01, K_U03, K_U05, K_U07, K_U09, K_U15, K_U18, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SIPR_1nst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować prosty system sterowania maszyną manipulacyjną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1110,51 +1110,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań realizowanych podczas zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>