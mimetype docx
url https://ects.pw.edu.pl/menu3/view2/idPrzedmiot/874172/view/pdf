--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -810,357 +810,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W16, K_W09, K_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PAU1z_Inst_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna opis matematyczny układów dyskretnych oraz metody projektowania sterowania dyskretnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W14, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PAU1z_Inst_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PAU1z_Inst_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna opis matematyczny układów dyskretnych oraz metody projektowania sterowania dyskretnego</w:t>
+        <w:t xml:space="preserve">Potrafi opisywać układy fizyczne za pomocą równań, transmitancji, schematów blokowych i charakterystyk  częstotliwościowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Kolokwium na ćwiczeniach </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W14, K_W16</w:t>
+        <w:t xml:space="preserve">K_U02, K_U06, K_U07, K_U14, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PAU1z_Inst_U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PAU1z_Inst_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opisywać układy fizyczne za pomocą równań, transmitancji, schematów blokowych i charakterystyk  częstotliwościowych</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać nastawy regulatora PID, określić stabilność układu oraz odchyłki statyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium na ćwiczeniach </w:t>
+        <w:t xml:space="preserve">Egzamin, kolokwium na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U07, K_U14, K_U16</w:t>
+        <w:t xml:space="preserve">K_U14, K_U15, K_U17, K_U18, K_U19, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PAU1z_Inst_U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PAU1z_Inst_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać nastawy regulatora PID, określić stabilność układu oraz odchyłki statyczne</w:t>
+        <w:t xml:space="preserve">Potrafi sformułować opis układu dyskretnego w postaci tabeli oraz grafu, dokonać syntezy funkcji logicznej oraz zaprojektować układ sterowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, kolokwium na ćwiczeniach</w:t>
+        <w:t xml:space="preserve">Kolokwium na ćwiczeniach, Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U17, K_U18, K_U19, K_U23, K_U14, K_U15</w:t>
+        <w:t xml:space="preserve">K_U24, K_U25, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PAU1z_Inst_K01: </w:t>
       </w:r>
     </w:p>