--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -810,51 +810,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16, K_W09, K_W14</w:t>
+        <w:t xml:space="preserve">K_W09, K_W14, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1100,67 +1100,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium na ćwiczeniach, Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U24, K_U25, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22, K_U24, K_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PAU1z_Inst_K01: </w:t>
       </w:r>
     </w:p>